--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -1,45 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="3E76BE61" w14:textId="1F1351C1" w:rsidR="0099085B" w:rsidRDefault="005D03EE" w:rsidP="008750BC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2093E208" wp14:editId="18BBFC1B">
             <wp:extent cx="2766951" cy="1746638"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="5" name="Grafik 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -1908,51 +1912,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2206,75 +2210,383 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C71B016F99F2FB48B1A6B081733118AF" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2e0eebae6a87c56573b7ce76f879cc0f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="83b39075-248c-4966-9d5e-06e0847e64b5" xmlns:ns3="6f1f24f0-c548-4e74-95e4-072451747d2f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f6eeae4b9cda0e583bcd7d748e0a4ca2" ns2:_="" ns3:_="">
+    <xsd:import namespace="83b39075-248c-4966-9d5e-06e0847e64b5"/>
+    <xsd:import namespace="6f1f24f0-c548-4e74-95e4-072451747d2f"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:Source" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Link" minOccurs="0"/>
+                <xsd:element ref="ns2:SkillsRequired" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="83b39075-248c-4966-9d5e-06e0847e64b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Source" ma:index="8" nillable="true" ma:displayName="Source" ma:format="Dropdown" ma:internalName="Source">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="FL"/>
+          <xsd:enumeration value="Upwork"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Link" ma:index="12" nillable="true" ma:displayName="Link" ma:format="Hyperlink" ma:internalName="Link">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SkillsRequired" ma:index="13" nillable="true" ma:displayName="Skills Required" ma:format="Dropdown" ma:internalName="SkillsRequired">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Graphic Design"/>
+                    <xsd:enumeration value="Logo Design"/>
+                    <xsd:enumeration value="SEO"/>
+                    <xsd:enumeration value="Branding"/>
+                    <xsd:enumeration value="Email Marketing"/>
+                    <xsd:enumeration value="Digital Marketing"/>
+                    <xsd:enumeration value="Marketing Strategy"/>
+                    <xsd:enumeration value="Content Marketing"/>
+                    <xsd:enumeration value="Social Media Management"/>
+                    <xsd:enumeration value="Website Development"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d1c9548b-2be3-4db6-9bfa-c8bd3b990229" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="22" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6f1f24f0-c548-4e74-95e4-072451747d2f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f7fec88f-8671-4da1-b72b-bfbcc942051c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6f1f24f0-c548-4e74-95e4-072451747d2f">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Link xmlns="83b39075-248c-4966-9d5e-06e0847e64b5">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Link>
+    <Source xmlns="83b39075-248c-4966-9d5e-06e0847e64b5" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6f1f24f0-c548-4e74-95e4-072451747d2f" xsi:nil="true"/>
+    <SkillsRequired xmlns="83b39075-248c-4966-9d5e-06e0847e64b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="83b39075-248c-4966-9d5e-06e0847e64b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4ADC8E8B-4726-4AA0-8AD1-61781984CDE4}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED34D20B-9210-4294-98D4-EE0BEAEB4A98}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A402F73-852B-462B-9873-5FCAF6B5F5D4}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>102</Words>
   <Characters>646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Christoph Wenger</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C71B016F99F2FB48B1A6B081733118AF</vt:lpwstr>
+  </property>
+</Properties>
+</file>